--- v0 (2025-10-14)
+++ v1 (2025-12-13)
@@ -31,51 +31,51 @@
   <Override PartName="/xl/worksheets/sheet22.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet23.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet24.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet25.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet26.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet27.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet28.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet29.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet30.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet31.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet32.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet33.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet34.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet35.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet36.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet37.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet38.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet39.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet40.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet41.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet42.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R40994fd004334d9b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/3361c49e4f8b414c9863c0f1a4991ffc.psmdcp" Id="R3293055d31e943c2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0ea00b96c9024f72" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/1c608574a5374351becd51454622f5ea.psmdcp" Id="Radb4cfe4aa69431e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Vot. N° 1" sheetId="2" r:id="rId2"/>
     <x:sheet name="Vot. N° 2" sheetId="3" r:id="rId3"/>
     <x:sheet name="Vot. N° 3" sheetId="4" r:id="rId4"/>
     <x:sheet name="Vot. N° 4" sheetId="5" r:id="rId5"/>
     <x:sheet name="Vot. N° 5" sheetId="6" r:id="rId6"/>
     <x:sheet name="Vot. N° 6" sheetId="7" r:id="rId7"/>
     <x:sheet name="Vot. N° 7" sheetId="8" r:id="rId8"/>
     <x:sheet name="Vot. N° 8" sheetId="9" r:id="rId9"/>
     <x:sheet name="Vot. N° 9" sheetId="10" r:id="rId10"/>
     <x:sheet name="Vot. N° 10" sheetId="11" r:id="rId11"/>
     <x:sheet name="Vot. N° 11" sheetId="12" r:id="rId12"/>
     <x:sheet name="Vot. N° 12" sheetId="13" r:id="rId13"/>
     <x:sheet name="Vot. N° 13" sheetId="14" r:id="rId14"/>
     <x:sheet name="Vot. N° 14" sheetId="15" r:id="rId15"/>
     <x:sheet name="Vot. N° 15" sheetId="16" r:id="rId16"/>
     <x:sheet name="Vot. N° 16" sheetId="17" r:id="rId17"/>