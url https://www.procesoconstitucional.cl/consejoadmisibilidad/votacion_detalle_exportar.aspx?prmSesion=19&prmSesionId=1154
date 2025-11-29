--- v0 (2025-10-14)
+++ v1 (2025-11-29)
@@ -101,51 +101,51 @@
   <Override PartName="/xl/worksheets/sheet92.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet93.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet94.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet95.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet96.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet97.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet98.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet99.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet100.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet101.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet102.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet103.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet104.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet105.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet106.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet107.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet108.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet109.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet110.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet111.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet112.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb06d8f2ce0084eae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/76c42c3ef64745d0a91989bbd63d7ace.psmdcp" Id="R89111ebfa8e74e02" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R79f564e73b9448b5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/6aece9760457408abc2b1059deb332b4.psmdcp" Id="R0567de80501849ea" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Vot. N° 1" sheetId="2" r:id="rId2"/>
     <x:sheet name="Vot. N° 2" sheetId="3" r:id="rId3"/>
     <x:sheet name="Vot. N° 3" sheetId="4" r:id="rId4"/>
     <x:sheet name="Vot. N° 4" sheetId="5" r:id="rId5"/>
     <x:sheet name="Vot. N° 5" sheetId="6" r:id="rId6"/>
     <x:sheet name="Vot. N° 6" sheetId="7" r:id="rId7"/>
     <x:sheet name="Vot. N° 7" sheetId="8" r:id="rId8"/>
     <x:sheet name="Vot. N° 8" sheetId="9" r:id="rId9"/>
     <x:sheet name="Vot. N° 9" sheetId="10" r:id="rId10"/>
     <x:sheet name="Vot. N° 10" sheetId="11" r:id="rId11"/>
     <x:sheet name="Vot. N° 11" sheetId="12" r:id="rId12"/>
     <x:sheet name="Vot. N° 12" sheetId="13" r:id="rId13"/>
     <x:sheet name="Vot. N° 13" sheetId="14" r:id="rId14"/>
     <x:sheet name="Vot. N° 14" sheetId="15" r:id="rId15"/>
     <x:sheet name="Vot. N° 15" sheetId="16" r:id="rId16"/>
     <x:sheet name="Vot. N° 16" sheetId="17" r:id="rId17"/>